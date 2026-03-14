--- v0 (2025-10-22)
+++ v1 (2026-03-14)
@@ -1,1348 +1,2182 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
+  <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
+<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:body>
-    <w:p w:rsidR="00DF3F60" w:rsidRPr="006C5456" w:rsidRDefault="00B8257F" w:rsidP="00B8257F">
+    <w:p w14:paraId="440F9DB6" w14:textId="0C07C907" w:rsidR="00DF3F60" w:rsidRDefault="00B8257F" w:rsidP="00E0419A">
       <w:pPr>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:b/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="006C5456">
         <w:rPr>
           <w:b/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>Büntetőjogi N</w:t>
       </w:r>
       <w:r w:rsidR="00DF3F60" w:rsidRPr="006C5456">
         <w:rPr>
           <w:b/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>yilatkozat</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00DF3F60" w:rsidRPr="006C5456" w:rsidRDefault="00DF3F60" w:rsidP="00DF3F60">
+    <w:p w14:paraId="3F6AF1DB" w14:textId="77777777" w:rsidR="00861E06" w:rsidRPr="006C5456" w:rsidRDefault="00861E06" w:rsidP="00E0419A">
+      <w:pPr>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="440F9DB7" w14:textId="2F2E51D0" w:rsidR="00B8257F" w:rsidRPr="006C5456" w:rsidRDefault="00DF3F60" w:rsidP="00DF3F60">
+      <w:pPr>
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006C5456">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>Fuvarlevélszám:</w:t>
+      </w:r>
+      <w:r w:rsidR="00C91AAA" w:rsidRPr="006C5456">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00C37631">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidR="00C37631">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidR="00C37631">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidR="00C37631">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidR="00C37631">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidR="00C37631">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidR="00C37631">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidR="00C37631">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidR="00861E06" w:rsidRPr="006C5456">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>Számlaszám</w:t>
+      </w:r>
+      <w:r w:rsidR="00861E06">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>:</w:t>
+      </w:r>
+      <w:r w:rsidR="00C37631">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidR="00C37631">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="440F9DBA" w14:textId="77777777" w:rsidR="00505FFB" w:rsidRPr="006C5456" w:rsidRDefault="00505FFB" w:rsidP="00DF3F60">
+      <w:pPr>
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="440F9DBC" w14:textId="5182CB27" w:rsidR="00B8257F" w:rsidRPr="00E0419A" w:rsidRDefault="00505FFB" w:rsidP="00E0419A">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:sz w:val="20"/>
-[...68 lines deleted...]
-          <w:szCs w:val="20"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E0419A">
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
         </w:rPr>
         <w:t>Alulírott – mint a fent jelölt fuvarlevélszámmal feladott áruk exportőre - büntetőjogi felelősségem tudatában kijelentem, hogy a kiszállítandó termékek, illetve technológiák nem tartoznak az alábbiakban felsorolt jogszabályok hatálya alá, azok kivitelét egyéb jogszabály sem</w:t>
       </w:r>
-      <w:r w:rsidR="000D4B33" w:rsidRPr="006C5456">
-[...2 lines deleted...]
-          <w:szCs w:val="20"/>
+      <w:r w:rsidR="000D4B33" w:rsidRPr="00E0419A">
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
         </w:rPr>
         <w:t xml:space="preserve"> ti</w:t>
       </w:r>
-      <w:r w:rsidRPr="006C5456">
-[...2 lines deleted...]
-          <w:szCs w:val="20"/>
+      <w:r w:rsidRPr="00E0419A">
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
         </w:rPr>
         <w:t>ltja, nem korlátozza, feltételhez nem köti.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00B8257F" w:rsidRPr="006C5456" w:rsidRDefault="00B8257F" w:rsidP="00B8257F">
-[...9 lines deleted...]
-    <w:p w:rsidR="00DA7EA8" w:rsidRPr="006C5456" w:rsidRDefault="00B8257F" w:rsidP="00DA7EA8">
+    <w:p w14:paraId="228051C6" w14:textId="28BDAF72" w:rsidR="00A82833" w:rsidRPr="00E0419A" w:rsidRDefault="00B8257F" w:rsidP="00113D10">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:sz w:val="20"/>
-[...8 lines deleted...]
-          <w:szCs w:val="20"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E0419A">
+        <w:rPr>
+          <w:bCs/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
         </w:rPr>
         <w:t>A kettős felhasználású termékek külkereskedelmi forgalmának engedélyezéséről szóló</w:t>
       </w:r>
-      <w:r w:rsidR="00DF3F60" w:rsidRPr="006C5456">
-[...9 lines deleted...]
-          <w:szCs w:val="20"/>
+      <w:r w:rsidR="00DF3F60" w:rsidRPr="00E0419A">
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 13/2011 (II.22.) Korm. rendelet, valamint </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId6" w:history="1">
+        <w:r w:rsidR="004F1F5F" w:rsidRPr="00E0419A">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+            <w:color w:val="auto"/>
+            <w:sz w:val="18"/>
+            <w:szCs w:val="18"/>
+            <w:u w:val="none"/>
+          </w:rPr>
+          <w:t>a kettős felhasználású termékek kivitelére, az azokkal végzett brókertevékenységre, az azokkal kapcsolatos technikai segítségnyújtásra, valamint azok tranzitjára és transzferjére vonatkozó uniós ellenőrzési rendszer kialakításáról</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidR="004F1F5F" w:rsidRPr="00E0419A">
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="006C5456">
-[...17 lines deleted...]
-    <w:p w:rsidR="00DA7EA8" w:rsidRPr="006C5456" w:rsidRDefault="00E97052" w:rsidP="004F5D9B">
+      <w:r w:rsidR="006E0B1F" w:rsidRPr="00E0419A">
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>821</w:t>
+      </w:r>
+      <w:r w:rsidR="00DF3F60" w:rsidRPr="00E0419A">
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>/20</w:t>
+      </w:r>
+      <w:r w:rsidR="004F1F5F" w:rsidRPr="00E0419A">
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>21</w:t>
+      </w:r>
+      <w:r w:rsidR="00DF3F60" w:rsidRPr="00E0419A">
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>/EK rendelet (kód: Y901)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0EAD588D" w14:textId="007349A3" w:rsidR="00A82833" w:rsidRPr="00E0419A" w:rsidRDefault="00E97052" w:rsidP="00483BD0">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:sz w:val="20"/>
-[...3 lines deleted...]
-      <w:r w:rsidRPr="006C5456">
+          <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
+          <w:bCs/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E0419A">
         <w:rPr>
           <w:bCs/>
           <w:color w:val="000000"/>
-          <w:sz w:val="20"/>
-[...5 lines deleted...]
-    <w:p w:rsidR="00DA7EA8" w:rsidRPr="006C5456" w:rsidRDefault="00AA24A5" w:rsidP="00CF47B5">
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve">A </w:t>
+      </w:r>
+      <w:r w:rsidR="0065470F" w:rsidRPr="00E0419A">
+        <w:rPr>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>1523/2007</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E0419A">
+        <w:rPr>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> EK rendeletben említett macska- és kutyapr</w:t>
+      </w:r>
+      <w:r w:rsidR="0065470F" w:rsidRPr="00E0419A">
+        <w:rPr>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>ém</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E0419A">
+        <w:rPr>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>től eltérő áru (Y922)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3640FC75" w14:textId="31368C61" w:rsidR="00A82833" w:rsidRPr="00E0419A" w:rsidRDefault="00AA24A5" w:rsidP="00223CF0">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
-[...9 lines deleted...]
-          <w:szCs w:val="20"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E0419A">
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
         </w:rPr>
         <w:t xml:space="preserve">Az egyes, a halálbüntetés, a kínzás vagy más kegyetlen, embertelen vagy megalázó bánásmód vagy büntetés során alkalmazható áruk kereskedelméről szóló </w:t>
       </w:r>
-      <w:r w:rsidR="00816616">
-[...2 lines deleted...]
-          <w:szCs w:val="20"/>
+      <w:r w:rsidR="00816616" w:rsidRPr="00E0419A">
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
         </w:rPr>
         <w:t>125</w:t>
       </w:r>
-      <w:r w:rsidR="00DF3F60" w:rsidRPr="006C5456">
-[...2 lines deleted...]
-          <w:szCs w:val="20"/>
+      <w:r w:rsidR="00DF3F60" w:rsidRPr="00E0419A">
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
         </w:rPr>
         <w:t>/20</w:t>
       </w:r>
-      <w:r w:rsidR="00816616">
-[...2 lines deleted...]
-          <w:szCs w:val="20"/>
+      <w:r w:rsidR="00816616" w:rsidRPr="00E0419A">
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
         </w:rPr>
         <w:t>19</w:t>
       </w:r>
-      <w:r w:rsidR="00DF3F60" w:rsidRPr="006C5456">
-[...2 lines deleted...]
-          <w:szCs w:val="20"/>
+      <w:r w:rsidR="00DF3F60" w:rsidRPr="00E0419A">
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
         </w:rPr>
         <w:t>/EK Rendelet</w:t>
       </w:r>
-      <w:r w:rsidRPr="006C5456">
-[...2 lines deleted...]
-          <w:szCs w:val="20"/>
+      <w:r w:rsidRPr="00E0419A">
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
-      <w:r w:rsidR="000D4B33" w:rsidRPr="006C5456">
-[...2 lines deleted...]
-          <w:szCs w:val="20"/>
+      <w:r w:rsidR="000D4B33" w:rsidRPr="00E0419A">
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
         </w:rPr>
         <w:t xml:space="preserve"> (Y906; Y904)</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00403D8F" w:rsidRPr="006C5456" w:rsidRDefault="00AA24A5" w:rsidP="007E26BD">
+    <w:p w14:paraId="4BCDE1C8" w14:textId="6E51206B" w:rsidR="00A82833" w:rsidRPr="00E0419A" w:rsidRDefault="00AA24A5" w:rsidP="00A92B67">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:sz w:val="20"/>
-[...6 lines deleted...]
-          <w:szCs w:val="20"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E0419A">
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
         </w:rPr>
         <w:t>A</w:t>
       </w:r>
-      <w:r w:rsidRPr="006C5456">
+      <w:r w:rsidRPr="00E0419A">
         <w:rPr>
           <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
           <w:bCs/>
-          <w:sz w:val="20"/>
-          <w:szCs w:val="20"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve">z egyes áruk, szolgáltatások és anyagi értéket képviselő jogok vámhatárt vagy országhatárt átlépő kereskedelméről szóló </w:t>
       </w:r>
-      <w:r w:rsidR="003500A1" w:rsidRPr="006C5456">
-[...3 lines deleted...]
-          <w:szCs w:val="20"/>
+      <w:r w:rsidR="003500A1" w:rsidRPr="00E0419A">
+        <w:rPr>
+          <w:bCs/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
         </w:rPr>
         <w:t>52/2012. (III.28.) Korm. rendelet.</w:t>
       </w:r>
-      <w:r w:rsidRPr="006C5456">
-[...3 lines deleted...]
-          <w:szCs w:val="20"/>
+      <w:r w:rsidRPr="00E0419A">
+        <w:rPr>
+          <w:bCs/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-    </w:p>
-[...16 lines deleted...]
-          <w:szCs w:val="20"/>
+      <w:r w:rsidR="00403D8F" w:rsidRPr="00E0419A">
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="006C5456">
-[...72 lines deleted...]
-    <w:p w:rsidR="004123E5" w:rsidRPr="006C5456" w:rsidRDefault="00505FFB" w:rsidP="009E1261">
+    </w:p>
+    <w:p w14:paraId="51E7CB5C" w14:textId="745F0319" w:rsidR="00A82833" w:rsidRPr="00E0419A" w:rsidRDefault="00403D8F" w:rsidP="006D397E">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:spacing w:before="160" w:after="80"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:bCs/>
-          <w:sz w:val="20"/>
-[...76 lines deleted...]
-    <w:p w:rsidR="000D4B33" w:rsidRPr="006C5456" w:rsidRDefault="004123E5" w:rsidP="00B67042">
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E0419A">
+        <w:rPr>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>A vadon élő állat- és növényfajok számára kereskedelmük szabályozása által biztosított védelemről szóló</w:t>
+      </w:r>
+      <w:r w:rsidR="00E141A4" w:rsidRPr="00E0419A">
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 338/97/EK </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E0419A">
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>Rendelet és a</w:t>
+      </w:r>
+      <w:r w:rsidR="001C4DFD" w:rsidRPr="00E0419A">
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>z 1973.március 02.-ai</w:t>
+      </w:r>
+      <w:r w:rsidR="00E141A4" w:rsidRPr="00E0419A">
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="001C4DFD" w:rsidRPr="00E0419A">
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>Washingtoni E</w:t>
+      </w:r>
+      <w:r w:rsidR="00E141A4" w:rsidRPr="00E0419A">
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>gyezmény</w:t>
+      </w:r>
+      <w:r w:rsidR="001C4DFD" w:rsidRPr="00E0419A">
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (CITES)</w:t>
+      </w:r>
+      <w:r w:rsidR="00E141A4" w:rsidRPr="00E0419A">
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:r w:rsidR="00D12D96" w:rsidRPr="00E0419A">
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (kód: Y900)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="061EB856" w14:textId="2D8553A1" w:rsidR="00A82833" w:rsidRPr="00E0419A" w:rsidRDefault="00505FFB" w:rsidP="00513309">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:spacing w:before="160" w:after="80"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:bCs/>
-          <w:sz w:val="20"/>
-[...44 lines deleted...]
-    <w:p w:rsidR="003D7C1A" w:rsidRPr="006C5456" w:rsidRDefault="000D4B33" w:rsidP="001B0CB3">
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E0419A">
+        <w:rPr>
+          <w:bCs/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>A haditechnikai eszközök és szolgáltatások kivitelének, behozatalának, transzferjének és tranzitjának engedélyezéséről, valamint a vállalkozások tanúsításáról</w:t>
+      </w:r>
+      <w:r w:rsidR="003D68CC" w:rsidRPr="00E0419A">
+        <w:rPr>
+          <w:bCs/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> szóló </w:t>
+      </w:r>
+      <w:r w:rsidR="005B3991" w:rsidRPr="00E0419A">
+        <w:rPr>
+          <w:bCs/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>156/2017. (VI</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E0419A">
+        <w:rPr>
+          <w:bCs/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>. 1</w:t>
+      </w:r>
+      <w:r w:rsidR="005B3991" w:rsidRPr="00E0419A">
+        <w:rPr>
+          <w:bCs/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>6</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E0419A">
+        <w:rPr>
+          <w:bCs/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve">.) Korm. </w:t>
+      </w:r>
+      <w:r w:rsidR="003D68CC" w:rsidRPr="00E0419A">
+        <w:rPr>
+          <w:bCs/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>R</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E0419A">
+        <w:rPr>
+          <w:bCs/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>endelet</w:t>
+      </w:r>
+      <w:r w:rsidR="003D68CC" w:rsidRPr="00E0419A">
+        <w:rPr>
+          <w:bCs/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (kód: 3177)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="49AEA33F" w14:textId="53C82B85" w:rsidR="00A82833" w:rsidRPr="00E0419A" w:rsidRDefault="004123E5" w:rsidP="008E467E">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:spacing w:before="160" w:after="80"/>
         <w:jc w:val="both"/>
         <w:rPr>
+          <w:rStyle w:val="st1"/>
           <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
           <w:color w:val="000000"/>
-          <w:sz w:val="20"/>
-          <w:szCs w:val="20"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="006C5456">
-[...43 lines deleted...]
-    <w:p w:rsidR="003858FD" w:rsidRPr="006C5456" w:rsidRDefault="003D7C1A" w:rsidP="00680D72">
+      <w:r w:rsidRPr="00E0419A">
+        <w:rPr>
+          <w:bCs/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve">A </w:t>
+      </w:r>
+      <w:r w:rsidR="00D12823" w:rsidRPr="00E0419A">
+        <w:rPr>
+          <w:bCs/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>kulturális</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E0419A">
+        <w:rPr>
+          <w:bCs/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> javak kiviteléről szóló </w:t>
+      </w:r>
+      <w:r w:rsidR="00432DC4" w:rsidRPr="00E0419A">
+        <w:rPr>
+          <w:bCs/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>116/2009/</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E0419A">
+        <w:rPr>
+          <w:bCs/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>EGK Rendelet, (kód: Y903; 0608)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="263FAA6C" w14:textId="31AC7EC0" w:rsidR="00A82833" w:rsidRPr="00E0419A" w:rsidRDefault="000D4B33" w:rsidP="00E639EC">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:spacing w:before="160" w:after="80"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:bCs/>
-          <w:sz w:val="20"/>
-[...25 lines deleted...]
-    <w:p w:rsidR="00697954" w:rsidRPr="006C5456" w:rsidRDefault="003858FD" w:rsidP="002F3415">
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E0419A">
+        <w:rPr>
+          <w:rStyle w:val="st1"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>A veszélyes vegyi anyagok kiviteléről és behozataláról szóló</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E0419A">
+        <w:rPr>
+          <w:rStyle w:val="st1"/>
+          <w:b/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E0419A">
+        <w:rPr>
+          <w:rStyle w:val="Emphasis"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>649/2012</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E0419A">
+        <w:rPr>
+          <w:rStyle w:val="st1"/>
+          <w:b/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>/</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E0419A">
+        <w:rPr>
+          <w:rStyle w:val="st1"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>EU Rendelet. (Y916)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1CF8888F" w14:textId="2A690635" w:rsidR="00A82833" w:rsidRPr="00E0419A" w:rsidRDefault="003D7C1A" w:rsidP="00DC7387">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:spacing w:before="160" w:after="80"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:bCs/>
-          <w:sz w:val="20"/>
-[...28 lines deleted...]
-    <w:p w:rsidR="00A260B7" w:rsidRPr="006C5456" w:rsidRDefault="00697954" w:rsidP="006C5C22">
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E0419A">
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>A</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E0419A">
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> higanyról és az 1102/2008/EK rendelet hatályon kívül helyezéséről szóló 2017/852 EGK rendelet. (Y924)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3CB45818" w14:textId="0AB8F907" w:rsidR="00A82833" w:rsidRPr="00E0419A" w:rsidRDefault="003858FD" w:rsidP="0007703A">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:spacing w:before="160" w:after="80"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:bCs/>
-          <w:sz w:val="20"/>
-[...27 lines deleted...]
-    <w:p w:rsidR="008B578A" w:rsidRPr="006C5456" w:rsidRDefault="00AC0C45" w:rsidP="00F818B4">
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E0419A">
+        <w:rPr>
+          <w:bCs/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>A veszélyes hulladékszállításról szóló 1013/2006 EK Rendelet (Y9</w:t>
+      </w:r>
+      <w:r w:rsidR="00DB3A1A" w:rsidRPr="00E0419A">
+        <w:rPr>
+          <w:bCs/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>23</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E0419A">
+        <w:rPr>
+          <w:bCs/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="58EBF25C" w14:textId="0E55388B" w:rsidR="00A82833" w:rsidRPr="00E0419A" w:rsidRDefault="00697954" w:rsidP="008F1FF5">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:before="160" w:after="80"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
           <w:bCs/>
-          <w:sz w:val="20"/>
-          <w:szCs w:val="20"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="006C5456">
-[...58 lines deleted...]
-    <w:p w:rsidR="00D12823" w:rsidRPr="006C5456" w:rsidRDefault="008B578A" w:rsidP="00372262">
+      <w:r w:rsidRPr="00E0419A">
+        <w:rPr>
+          <w:bCs/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>1332/2013/EU Rendelet „A</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E0419A">
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> szíriai helyzetre tekintettel korlátozó intézkedések meghozataláról szóló 36/2012/EU rendelet módosításáról”</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E0419A">
+        <w:rPr>
+          <w:bCs/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (Y935)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7AAD0051" w14:textId="2BFBD0EF" w:rsidR="00A82833" w:rsidRPr="00E0419A" w:rsidRDefault="00AC0C45" w:rsidP="00C35C0B">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:before="160" w:after="80"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:bCs/>
           <w:color w:val="000000"/>
-          <w:sz w:val="20"/>
-[...14 lines deleted...]
-    <w:p w:rsidR="00AC0C45" w:rsidRPr="006C5456" w:rsidRDefault="00AC0C45" w:rsidP="007508E2">
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E0419A">
+        <w:rPr>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve">A </w:t>
+      </w:r>
+      <w:r w:rsidR="00A260B7" w:rsidRPr="00E0419A">
+        <w:rPr>
+          <w:bCs/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>gyógyszerekkel</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E0419A">
+        <w:rPr>
+          <w:bCs/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00A260B7" w:rsidRPr="00E0419A">
+        <w:rPr>
+          <w:bCs/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>folytatott nagykereskedelmi</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E0419A">
+        <w:rPr>
+          <w:bCs/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00A260B7" w:rsidRPr="00E0419A">
+        <w:rPr>
+          <w:bCs/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>és párhuzamos import tevékenységről szóló</w:t>
+      </w:r>
+      <w:r w:rsidR="00A260B7" w:rsidRPr="00E0419A">
+        <w:rPr>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 53/2004. (VI. 2.) ESzCsM rendelet hatálya alá (0564)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="382E362B" w14:textId="430C41B1" w:rsidR="00A82833" w:rsidRPr="00E0419A" w:rsidRDefault="008B578A" w:rsidP="00487A6D">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:before="160" w:after="80"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
           <w:color w:val="000000"/>
-          <w:sz w:val="20"/>
-          <w:szCs w:val="20"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="006C5456">
-[...43 lines deleted...]
-    <w:p w:rsidR="00D847D6" w:rsidRPr="006C5456" w:rsidRDefault="00AC0C45" w:rsidP="00967ACE">
+      <w:r w:rsidRPr="00E0419A">
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
+          <w:bCs/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>A kábítószer - prekurzoroknak a Közösség és harmadik országok közötti kereskedelme nyomon követésére vonatkozó szabályok megállapításáról szóló 111/2005/EK rendelet (kieg. kód: 3249)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6CA6FCE5" w14:textId="5C16A84C" w:rsidR="00A82833" w:rsidRPr="00E0419A" w:rsidRDefault="00AC0C45" w:rsidP="001E75DE">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:before="160" w:after="80"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:bCs/>
-          <w:sz w:val="20"/>
-[...3 lines deleted...]
-      <w:r w:rsidRPr="006C5456">
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E0419A">
+        <w:rPr>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>A</w:t>
+      </w:r>
+      <w:r w:rsidR="00D12823" w:rsidRPr="00E0419A">
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> szőlőtermesztésről és a borgazdálkodásról szóló </w:t>
+      </w:r>
+      <w:r w:rsidR="0075770B" w:rsidRPr="00E0419A">
+        <w:rPr>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>2004. évi XVIII. törvény</w:t>
+      </w:r>
+      <w:r w:rsidR="00D12823" w:rsidRPr="00E0419A">
+        <w:rPr>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="0075770B" w:rsidRPr="00E0419A">
+        <w:rPr>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>hatálya alá (0568)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="440F9DCB" w14:textId="2D6090FD" w:rsidR="00D847D6" w:rsidRPr="00E0419A" w:rsidRDefault="00AC0C45" w:rsidP="00967ACE">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:before="160" w:after="80"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:bCs/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E0419A">
         <w:rPr>
           <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
           <w:color w:val="000000"/>
-          <w:sz w:val="20"/>
-          <w:szCs w:val="20"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="006C5456">
+      <w:r w:rsidRPr="00E0419A">
         <w:rPr>
           <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
           <w:bCs/>
           <w:color w:val="000000"/>
-          <w:sz w:val="20"/>
-          <w:szCs w:val="20"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve">Az ukrajnai helyzetet destabilizáló orosz intézkedések miatt hozott korlátozó intézkedésekről szóló 2014/512/KKBP Határozat hatálya alá. </w:t>
       </w:r>
-      <w:r w:rsidR="0047714F" w:rsidRPr="006C5456">
+      <w:r w:rsidR="0047714F" w:rsidRPr="00E0419A">
         <w:rPr>
           <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
           <w:bCs/>
           <w:color w:val="000000"/>
-          <w:sz w:val="20"/>
-          <w:szCs w:val="20"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
         <w:t>(Y920)</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="004B442F" w:rsidRPr="006C5456" w:rsidRDefault="004B442F" w:rsidP="00DE26F2">
+    <w:p w14:paraId="18F3A60D" w14:textId="52A627FD" w:rsidR="00A82833" w:rsidRPr="00445928" w:rsidRDefault="004B442F" w:rsidP="000F0D53">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:spacing w:before="160" w:after="80"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:bCs/>
-          <w:sz w:val="20"/>
-[...3 lines deleted...]
-      <w:r w:rsidRPr="006C5456">
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00445928">
         <w:rPr>
           <w:bCs/>
           <w:color w:val="000000"/>
-          <w:sz w:val="20"/>
-[...2 lines deleted...]
-        <w:lastRenderedPageBreak/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
         <w:t>A</w:t>
       </w:r>
-      <w:r w:rsidR="00A21B21" w:rsidRPr="006C5456">
+      <w:r w:rsidR="00A21B21" w:rsidRPr="00445928">
         <w:rPr>
           <w:bCs/>
           <w:color w:val="000000"/>
-          <w:sz w:val="20"/>
-          <w:szCs w:val="20"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
         </w:rPr>
         <w:t xml:space="preserve"> jövedéki adóról szóló</w:t>
       </w:r>
-      <w:r w:rsidR="00D12823" w:rsidRPr="006C5456">
+      <w:r w:rsidR="00D12823" w:rsidRPr="00445928">
         <w:rPr>
           <w:bCs/>
           <w:color w:val="000000"/>
-          <w:sz w:val="20"/>
-          <w:szCs w:val="20"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="00D12823" w:rsidRPr="006C5456">
-[...3 lines deleted...]
-          <w:szCs w:val="20"/>
+      <w:r w:rsidR="00D12823" w:rsidRPr="00445928">
+        <w:rPr>
+          <w:bCs/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
         </w:rPr>
         <w:t xml:space="preserve">2016. évi LXVII Tv. (jöt.) hatálya alá. </w:t>
       </w:r>
-      <w:r w:rsidR="0075770B" w:rsidRPr="006C5456">
-[...3 lines deleted...]
-          <w:szCs w:val="20"/>
+      <w:r w:rsidR="0075770B" w:rsidRPr="00445928">
+        <w:rPr>
+          <w:bCs/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
         </w:rPr>
         <w:t>(3208)</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00891112" w:rsidRPr="006C5456" w:rsidRDefault="004B442F" w:rsidP="0033461A">
+    <w:p w14:paraId="6E5380CB" w14:textId="2EDBE317" w:rsidR="00A82833" w:rsidRPr="00E0419A" w:rsidRDefault="004B442F" w:rsidP="00984440">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:spacing w:before="160" w:after="80"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:bCs/>
-[...8 lines deleted...]
-          <w:szCs w:val="20"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E0419A">
+        <w:rPr>
+          <w:bCs/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
         </w:rPr>
         <w:t>Az ózonréteget lebontó anyagokról szóló 1005/2009 EGK rendelet hatálya alá. (Y902)</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00124F4B" w:rsidRPr="006C5456" w:rsidRDefault="00891112" w:rsidP="004768DC">
+    <w:p w14:paraId="2DD7DE68" w14:textId="3110CCC4" w:rsidR="00A82833" w:rsidRPr="00E0419A" w:rsidRDefault="00891112" w:rsidP="00796A2F">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:spacing w:before="160" w:after="80"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:sz w:val="20"/>
-[...7 lines deleted...]
-          <w:szCs w:val="20"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E0419A">
+        <w:rPr>
+          <w:bCs/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
         </w:rPr>
         <w:t>Egyes termékek kivitelének exportengedély bem</w:t>
       </w:r>
-      <w:r w:rsidR="00432DC4">
-[...3 lines deleted...]
-          <w:szCs w:val="20"/>
+      <w:r w:rsidR="00432DC4" w:rsidRPr="00E0419A">
+        <w:rPr>
+          <w:bCs/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
         </w:rPr>
         <w:t xml:space="preserve">utatásához kötéséről szóló </w:t>
       </w:r>
-      <w:r w:rsidRPr="006C5456">
-[...3 lines deleted...]
-          <w:szCs w:val="20"/>
+      <w:r w:rsidRPr="00E0419A">
+        <w:rPr>
+          <w:bCs/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
         </w:rPr>
         <w:t>42</w:t>
       </w:r>
-      <w:r w:rsidR="00432DC4">
-[...3 lines deleted...]
-          <w:szCs w:val="20"/>
+      <w:r w:rsidR="00432DC4" w:rsidRPr="00E0419A">
+        <w:rPr>
+          <w:bCs/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
         </w:rPr>
         <w:t>/2020</w:t>
       </w:r>
-      <w:r w:rsidRPr="006C5456">
-[...3 lines deleted...]
-          <w:szCs w:val="20"/>
+      <w:r w:rsidRPr="00E0419A">
+        <w:rPr>
+          <w:bCs/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
         </w:rPr>
         <w:t xml:space="preserve"> EU Végrehajtási Rendelete (Y975)</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00DF3F60" w:rsidRPr="006C5456" w:rsidRDefault="00124F4B" w:rsidP="00CB34D6">
+    <w:p w14:paraId="2A7BFBC6" w14:textId="02BB4916" w:rsidR="00A82833" w:rsidRPr="00E0419A" w:rsidRDefault="00124F4B" w:rsidP="00400731">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:spacing w:before="160" w:after="80"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:sz w:val="20"/>
-[...6 lines deleted...]
-          <w:szCs w:val="20"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E0419A">
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
         </w:rPr>
         <w:t>Egyes gyógyszerek kivitelével kapcsolatos intézkedésekről szóló 64/2020. (III. 25.) Korm. rendelet hatálya alá (0888)</w:t>
       </w:r>
-      <w:bookmarkStart w:id="0" w:name="_GoBack"/>
+    </w:p>
+    <w:p w14:paraId="705B2E3F" w14:textId="4D94B072" w:rsidR="00A82833" w:rsidRPr="00E0419A" w:rsidRDefault="0038732F" w:rsidP="008E190F">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E0419A">
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>A 765/2006/EK tanácsi rendelet 8g. cikkének (1) bekezdésében meghatározott tilalmak nem alkalmazandók (lásd a 8g. cikk (2) bekezdésében szereplő szerződéses mentességeket). (Y231)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0679E49E" w14:textId="103B0E8A" w:rsidR="00A82833" w:rsidRPr="00E0419A" w:rsidRDefault="0038732F" w:rsidP="00D73A9F">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E0419A">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>A 833/2014/EU tanácsi rendelet 12g. cikkének (1) bekezdésében meghatározott tilalmak nem alkalmazandók (lásd a 12g. cikk (2) (b) bekezdésében foglalt szerződéses kivételeket) (Y228)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0DB2DB48" w14:textId="45041D04" w:rsidR="00A82833" w:rsidRPr="00E0419A" w:rsidRDefault="00B80B95" w:rsidP="002730DE">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+        <w:spacing w:line="252" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E0419A">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>Az (EU) 2024/573 rendelet alkalmazandó rendelkezéseinek hatálya alá nem tartozó áruk (Y160)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2291C66E" w14:textId="2F2B2552" w:rsidR="00A82833" w:rsidRPr="00E0419A" w:rsidRDefault="00833B37" w:rsidP="00FA7782">
+      <w:pPr>
+        <w:pStyle w:val="xmsonormal"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+        <w:spacing w:line="252" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="hu-HU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E0419A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="hu-HU"/>
+        </w:rPr>
+        <w:t>Y847: A 833/2014/EU rendelet XI. mellékletében szereplő egyes termékek esetében</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="48EF30DE" w14:textId="6B711C0E" w:rsidR="00A82833" w:rsidRPr="00E0419A" w:rsidRDefault="00833B37" w:rsidP="007E4069">
+      <w:pPr>
+        <w:pStyle w:val="xmsonormal"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+        <w:spacing w:line="252" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="hu-HU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E0419A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="hu-HU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Y846: A 833/2014/EU rendelet XXXV. mellékletében vagy a 258/2012/EU rendelet I. mellékletében szereplő egyes termékek esetében </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7B6C1BC8" w14:textId="262C48F8" w:rsidR="00A82833" w:rsidRPr="00E0419A" w:rsidRDefault="00833B37" w:rsidP="00C840A7">
+      <w:pPr>
+        <w:pStyle w:val="xmsonormal"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+        <w:spacing w:line="252" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="hu-HU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E0419A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="hu-HU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Y868: </w:t>
+      </w:r>
+      <w:bookmarkStart w:id="0" w:name="x__Hlk192531781"/>
+      <w:r w:rsidRPr="00E0419A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="hu-HU"/>
+        </w:rPr>
+        <w:t>A 765/2006/EK rendelet XVII. mellékletében szereplő egyes termékek esetében</w:t>
+      </w:r>
       <w:bookmarkEnd w:id="0"/>
-    </w:p>
-[...27 lines deleted...]
-          <w:szCs w:val="20"/>
+      <w:r w:rsidRPr="00E0419A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="hu-HU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="64495A6A" w14:textId="1B32802E" w:rsidR="00833B37" w:rsidRPr="00A5243A" w:rsidRDefault="00833B37" w:rsidP="00833B37">
+      <w:pPr>
+        <w:pStyle w:val="xmsonormal"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+        <w:spacing w:line="252" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="hu-HU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E0419A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="hu-HU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Y866: A 765/2006/EK rendelet XVI. mellékletében vagy a 258/2012/EU rendelet I. mellékletében szereplő egyes termékek esetében </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="21F26C65" w14:textId="4921D574" w:rsidR="00A5243A" w:rsidRDefault="00A0253D" w:rsidP="00833B37">
+      <w:pPr>
+        <w:pStyle w:val="xmsonormal"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+        <w:spacing w:line="252" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="hu-HU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="hu-HU"/>
+        </w:rPr>
+        <w:t>A</w:t>
+      </w:r>
+      <w:r w:rsidR="00C55630" w:rsidRPr="00C55630">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="hu-HU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> vegyifegyverek kifejlesztésének, gyártásának, felhalmozásának és használatának tilalmáról, valamint megsemmisítéséről szóló, Párizsban, 1993. január 13-án aláírt egyezmény kihirdetéséről</w:t>
+      </w:r>
+      <w:r w:rsidR="00C55630">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="hu-HU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> szóló 1997. évi CI</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="hu-HU"/>
+        </w:rPr>
+        <w:t>V. Tv.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="76889D85" w14:textId="4C615462" w:rsidR="00BB598D" w:rsidRPr="00445928" w:rsidRDefault="00BB598D" w:rsidP="008103DD">
+      <w:pPr>
+        <w:pStyle w:val="xmsonormal"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+        <w:spacing w:line="252" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="hu-HU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00445928">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="hu-HU"/>
+        </w:rPr>
+        <w:t>A</w:t>
+      </w:r>
+      <w:r w:rsidR="00F55B26">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="hu-HU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> C/2025</w:t>
+      </w:r>
+      <w:r w:rsidR="00E06DC6">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="hu-HU"/>
+        </w:rPr>
+        <w:t>/1499 Európai Unió Közös Katonai Listáján nem szerepl</w:t>
+      </w:r>
+      <w:r w:rsidR="00CB6A4E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="hu-HU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ő áru (Y759). </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="440F9DD1" w14:textId="77777777" w:rsidR="00D847D6" w:rsidRPr="00E0419A" w:rsidRDefault="00D847D6" w:rsidP="00DF3F60">
+      <w:pPr>
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="50ED4E10" w14:textId="77777777" w:rsidR="00EF08A3" w:rsidRPr="00E0419A" w:rsidRDefault="00EF08A3" w:rsidP="00DF3F60">
+      <w:pPr>
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="440F9DD2" w14:textId="39D8E59B" w:rsidR="00DF3F60" w:rsidRPr="00E0419A" w:rsidRDefault="00DF3F60" w:rsidP="00DF3F60">
+      <w:pPr>
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E0419A">
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
         </w:rPr>
         <w:t>Kelt, _____________________</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="000D4B33" w:rsidRPr="006C5456" w:rsidRDefault="000D4B33" w:rsidP="00DF3F60">
-[...15 lines deleted...]
-    <w:p w:rsidR="00DF3F60" w:rsidRPr="006C5456" w:rsidRDefault="00DF3F60" w:rsidP="00DF3F60">
+    <w:p w14:paraId="440F9DD5" w14:textId="77777777" w:rsidR="00DF3F60" w:rsidRPr="00E0419A" w:rsidRDefault="00DF3F60" w:rsidP="00DF3F60">
       <w:pPr>
         <w:ind w:left="4395"/>
         <w:jc w:val="center"/>
         <w:rPr>
-          <w:sz w:val="20"/>
-[...6 lines deleted...]
-          <w:szCs w:val="20"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E0419A">
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
         </w:rPr>
         <w:t>-----------------------------------</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00DF3F60" w:rsidRPr="006C5456" w:rsidRDefault="00DF3F60" w:rsidP="00DF3F60">
+    <w:p w14:paraId="440F9DD6" w14:textId="77777777" w:rsidR="00DF3F60" w:rsidRPr="00E0419A" w:rsidRDefault="00DF3F60" w:rsidP="00DF3F60">
       <w:pPr>
         <w:ind w:left="4395"/>
         <w:jc w:val="center"/>
         <w:rPr>
-          <w:sz w:val="20"/>
-[...6 lines deleted...]
-          <w:szCs w:val="20"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E0419A">
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
         </w:rPr>
         <w:t>felelős személy aláírása</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00DF3F60" w:rsidRPr="006C5456" w:rsidRDefault="00A21B21" w:rsidP="00A21B21">
+    <w:p w14:paraId="440F9DD7" w14:textId="77777777" w:rsidR="00DF3F60" w:rsidRPr="00E0419A" w:rsidRDefault="00A21B21" w:rsidP="00A21B21">
       <w:pPr>
         <w:ind w:left="4395"/>
         <w:jc w:val="center"/>
         <w:rPr>
-          <w:sz w:val="20"/>
-[...6 lines deleted...]
-          <w:szCs w:val="20"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E0419A">
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
         </w:rPr>
         <w:t>bélyegző lenyomat</w:t>
       </w:r>
     </w:p>
-    <w:sectPr w:rsidR="00DF3F60" w:rsidRPr="006C5456">
+    <w:sectPr w:rsidR="00DF3F60" w:rsidRPr="00E0419A" w:rsidSect="00861E06">
       <w:pgSz w:w="12240" w:h="15840"/>
-      <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="708" w:footer="708" w:gutter="0"/>
+      <w:pgMar w:top="720" w:right="720" w:bottom="720" w:left="720" w:header="708" w:footer="708" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
-<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" mc:Ignorable="w14 w15">
+<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Segoe UI">
     <w:panose1 w:val="020B0502040204020203"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
-    <w:notTrueType/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="00000003" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00000001" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C000E47F" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri Light">
     <w:panose1 w:val="020F0302020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
+<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="12F86BC6"/>
+    <w:multiLevelType w:val="multilevel"/>
+    <w:tmpl w:val="AC82A01C"/>
+    <w:lvl w:ilvl="0">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="720"/>
+        </w:tabs>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="1440"/>
+        </w:tabs>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2160"/>
+        </w:tabs>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2880"/>
+        </w:tabs>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="3600"/>
+        </w:tabs>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="4320"/>
+        </w:tabs>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5040"/>
+        </w:tabs>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5760"/>
+        </w:tabs>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="6480"/>
+        </w:tabs>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="1" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="15F34958"/>
+    <w:multiLevelType w:val="multilevel"/>
+    <w:tmpl w:val="07EC5E6C"/>
+    <w:lvl w:ilvl="0">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="720"/>
+        </w:tabs>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="1440"/>
+        </w:tabs>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2160"/>
+        </w:tabs>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2880"/>
+        </w:tabs>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="3600"/>
+        </w:tabs>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="4320"/>
+        </w:tabs>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5040"/>
+        </w:tabs>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5760"/>
+        </w:tabs>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="6480"/>
+        </w:tabs>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="2" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="418C4A8B"/>
+    <w:multiLevelType w:val="multilevel"/>
+    <w:tmpl w:val="D16219A8"/>
+    <w:lvl w:ilvl="0">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="720"/>
+        </w:tabs>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="1440"/>
+        </w:tabs>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2160"/>
+        </w:tabs>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2880"/>
+        </w:tabs>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="3600"/>
+        </w:tabs>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="4320"/>
+        </w:tabs>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5040"/>
+        </w:tabs>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5760"/>
+        </w:tabs>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="6480"/>
+        </w:tabs>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="3" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="6C7169FD"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="62EA0E2C"/>
     <w:lvl w:ilvl="0" w:tplc="04090001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
@@ -1411,175 +2245,380 @@
     <w:lvl w:ilvl="7" w:tplc="04090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="04090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:num w:numId="1">
+  <w:abstractNum w:abstractNumId="4" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="76CB18E2"/>
+    <w:multiLevelType w:val="multilevel"/>
+    <w:tmpl w:val="7366AA6C"/>
+    <w:lvl w:ilvl="0">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="720"/>
+        </w:tabs>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="1440"/>
+        </w:tabs>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2160"/>
+        </w:tabs>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2880"/>
+        </w:tabs>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="3600"/>
+        </w:tabs>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="4320"/>
+        </w:tabs>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5040"/>
+        </w:tabs>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5760"/>
+        </w:tabs>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="6480"/>
+        </w:tabs>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:num w:numId="1" w16cid:durableId="1983264578">
+    <w:abstractNumId w:val="3"/>
+  </w:num>
+  <w:num w:numId="2" w16cid:durableId="211816688">
+    <w:abstractNumId w:val="3"/>
+  </w:num>
+  <w:num w:numId="3" w16cid:durableId="797799522">
+    <w:abstractNumId w:val="2"/>
+  </w:num>
+  <w:num w:numId="4" w16cid:durableId="1294092507">
     <w:abstractNumId w:val="0"/>
   </w:num>
-  <w:num w:numId="2">
-    <w:abstractNumId w:val="0"/>
+  <w:num w:numId="5" w16cid:durableId="1971861774">
+    <w:abstractNumId w:val="1"/>
+  </w:num>
+  <w:num w:numId="6" w16cid:durableId="428551937">
+    <w:abstractNumId w:val="4"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15">
-[...1 lines deleted...]
-  <w:proofState w:spelling="clean" w:grammar="clean"/>
+<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
+  <w:zoom w:percent="130"/>
+  <w:proofState w:spelling="clean"/>
   <w:defaultTabStop w:val="720"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
+    <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00DF3F60"/>
     <w:rsid w:val="00057EFC"/>
+    <w:rsid w:val="00096887"/>
     <w:rsid w:val="000C3E4F"/>
     <w:rsid w:val="000D4B33"/>
     <w:rsid w:val="00106F3C"/>
     <w:rsid w:val="00124F4B"/>
     <w:rsid w:val="0017409B"/>
+    <w:rsid w:val="001B5D1F"/>
     <w:rsid w:val="001C4DFD"/>
+    <w:rsid w:val="00291AB5"/>
     <w:rsid w:val="002B2F95"/>
+    <w:rsid w:val="002F551B"/>
     <w:rsid w:val="003500A1"/>
     <w:rsid w:val="003858FD"/>
+    <w:rsid w:val="0038732F"/>
+    <w:rsid w:val="003A5DD6"/>
     <w:rsid w:val="003D68CC"/>
     <w:rsid w:val="003D7C1A"/>
     <w:rsid w:val="00403D8F"/>
+    <w:rsid w:val="00407E26"/>
     <w:rsid w:val="004123E5"/>
     <w:rsid w:val="00432DC4"/>
     <w:rsid w:val="00441A85"/>
+    <w:rsid w:val="00445928"/>
     <w:rsid w:val="0047714F"/>
     <w:rsid w:val="004B442F"/>
     <w:rsid w:val="004D7EE9"/>
+    <w:rsid w:val="004F1F5F"/>
     <w:rsid w:val="00505FFB"/>
     <w:rsid w:val="00543B61"/>
+    <w:rsid w:val="00572912"/>
+    <w:rsid w:val="00584DBC"/>
+    <w:rsid w:val="005A23A3"/>
     <w:rsid w:val="005B3991"/>
     <w:rsid w:val="005F38CE"/>
     <w:rsid w:val="00607DE1"/>
+    <w:rsid w:val="00611AA9"/>
     <w:rsid w:val="006377C2"/>
+    <w:rsid w:val="0065470F"/>
     <w:rsid w:val="00697954"/>
     <w:rsid w:val="006C5456"/>
     <w:rsid w:val="006D011E"/>
+    <w:rsid w:val="006E0B1F"/>
+    <w:rsid w:val="00741227"/>
     <w:rsid w:val="0075770B"/>
     <w:rsid w:val="00757E1A"/>
     <w:rsid w:val="0077138A"/>
+    <w:rsid w:val="007A6DCB"/>
+    <w:rsid w:val="007D2921"/>
     <w:rsid w:val="007D5803"/>
     <w:rsid w:val="007E04E5"/>
+    <w:rsid w:val="007E36C5"/>
+    <w:rsid w:val="00801272"/>
     <w:rsid w:val="00816616"/>
+    <w:rsid w:val="00833B37"/>
+    <w:rsid w:val="00861E06"/>
+    <w:rsid w:val="0088127E"/>
     <w:rsid w:val="00891112"/>
     <w:rsid w:val="008B578A"/>
+    <w:rsid w:val="00975026"/>
     <w:rsid w:val="009B1D2C"/>
+    <w:rsid w:val="00A0253D"/>
     <w:rsid w:val="00A21B21"/>
     <w:rsid w:val="00A260B7"/>
+    <w:rsid w:val="00A5243A"/>
     <w:rsid w:val="00A666D0"/>
+    <w:rsid w:val="00A82833"/>
     <w:rsid w:val="00AA24A5"/>
     <w:rsid w:val="00AC0C45"/>
+    <w:rsid w:val="00B20A1D"/>
+    <w:rsid w:val="00B80B95"/>
     <w:rsid w:val="00B8257F"/>
+    <w:rsid w:val="00BB598D"/>
+    <w:rsid w:val="00C02954"/>
+    <w:rsid w:val="00C37631"/>
+    <w:rsid w:val="00C55630"/>
     <w:rsid w:val="00C91AAA"/>
+    <w:rsid w:val="00CB6A4E"/>
     <w:rsid w:val="00D12823"/>
     <w:rsid w:val="00D12D96"/>
     <w:rsid w:val="00D847D6"/>
     <w:rsid w:val="00DA7EA8"/>
     <w:rsid w:val="00DB3A1A"/>
+    <w:rsid w:val="00DE5F95"/>
     <w:rsid w:val="00DF3F60"/>
+    <w:rsid w:val="00E0419A"/>
+    <w:rsid w:val="00E06DC6"/>
     <w:rsid w:val="00E141A4"/>
+    <w:rsid w:val="00E71990"/>
+    <w:rsid w:val="00E92D25"/>
     <w:rsid w:val="00E97052"/>
+    <w:rsid w:val="00EF08A3"/>
     <w:rsid w:val="00F31A9B"/>
+    <w:rsid w:val="00F55B26"/>
+    <w:rsid w:val="00F66997"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="en-US"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="1026"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
-  <w:decimalSymbol w:val="."/>
-  <w:listSeparator w:val=","/>
+  <w:decimalSymbol w:val=","/>
+  <w:listSeparator w:val=";"/>
+  <w14:docId w14:val="440F9DB5"/>
   <w15:chartTrackingRefBased/>
   <w15:docId w15:val="{1A21CC16-22BF-4577-9E3A-408B919CAA35}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" mc:Ignorable="w14 w15">
+<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
-  <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="371">
+  <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 9" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="index 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 9" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 1" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 2" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 3" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 4" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 5" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 6" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
@@ -1907,50 +2946,55 @@
     <w:lsdException w:name="List Table 4 Accent 3" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 3" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 3" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 3" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 4" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 4" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 4" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 4" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 4" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 4" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 4" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 5" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 5" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 5" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 5" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 5" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 5" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 5" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 6" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 6" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 6" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 6" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 6" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 6" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 6" w:uiPriority="52"/>
+    <w:lsdException w:name="Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Smart Hyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Hashtag" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Unresolved Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Smart Link" w:semiHidden="1" w:unhideWhenUsed="1"/>
   </w:latentStyles>
   <w:style w:type="paragraph" w:default="1" w:styleId="Normal">
     <w:name w:val="Normal"/>
     <w:qFormat/>
     <w:rsid w:val="00DF3F60"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
       <w:lang w:val="hu-HU" w:eastAsia="hu-HU"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:default="1" w:styleId="DefaultParagraphFont">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:default="1" w:styleId="TableNormal">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
@@ -2035,57 +3079,156 @@
     <w:rPr>
       <w:b/>
       <w:bCs/>
       <w:i w:val="0"/>
       <w:iCs w:val="0"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="st1">
     <w:name w:val="st1"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:rsid w:val="000D4B33"/>
   </w:style>
   <w:style w:type="paragraph" w:styleId="NormalWeb">
     <w:name w:val="Normal (Web)"/>
     <w:basedOn w:val="Normal"/>
     <w:uiPriority w:val="99"/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00D12823"/>
     <w:pPr>
       <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1"/>
     </w:pPr>
     <w:rPr>
       <w:lang w:val="en-US" w:eastAsia="en-US"/>
     </w:rPr>
   </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="xmsonormal">
+    <w:name w:val="x_msonormal"/>
+    <w:basedOn w:val="Normal"/>
+    <w:rsid w:val="00833B37"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Calibri" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Calibri" w:cs="Calibri"/>
+      <w:sz w:val="22"/>
+      <w:szCs w:val="22"/>
+      <w:lang w:val="en-US" w:eastAsia="en-US"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:styleId="Hyperlink">
+    <w:name w:val="Hyperlink"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:uiPriority w:val="99"/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="00B20A1D"/>
+    <w:rPr>
+      <w:color w:val="0563C1" w:themeColor="hyperlink"/>
+      <w:u w:val="single"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:styleId="UnresolvedMention">
+    <w:name w:val="Unresolved Mention"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="00B20A1D"/>
+    <w:rPr>
+      <w:color w:val="605E5C"/>
+      <w:shd w:val="clear" w:color="auto" w:fill="E1DFDD"/>
+    </w:rPr>
+  </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" mc:Ignorable="w14 w15">
+<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:divs>
+    <w:div w:id="13117387">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="150872938">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="593631992">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="914364555">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
     <w:div w:id="983240163">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="1088111493">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="1305424114">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
       <w:divsChild>
@@ -2151,50 +3294,63 @@
                           <w:divsChild>
                             <w:div w:id="1155878935">
                               <w:marLeft w:val="0"/>
                               <w:marRight w:val="0"/>
                               <w:marTop w:val="0"/>
                               <w:marBottom w:val="0"/>
                               <w:divBdr>
                                 <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                                 <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                                 <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                                 <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                               </w:divBdr>
                             </w:div>
                           </w:divsChild>
                         </w:div>
                       </w:divsChild>
                     </w:div>
                   </w:divsChild>
                 </w:div>
               </w:divsChild>
             </w:div>
           </w:divsChild>
         </w:div>
       </w:divsChild>
     </w:div>
+    <w:div w:id="1570261449">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
     <w:div w:id="2082560155">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
       <w:divsChild>
         <w:div w:id="1526484730">
           <w:marLeft w:val="0"/>
           <w:marRight w:val="0"/>
           <w:marTop w:val="0"/>
           <w:marBottom w:val="0"/>
           <w:divBdr>
             <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           </w:divBdr>
           <w:divsChild>
@@ -2255,51 +3411,51 @@
                                 <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                                 <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                                 <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                                 <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                               </w:divBdr>
                             </w:div>
                           </w:divsChild>
                         </w:div>
                       </w:divsChild>
                     </w:div>
                   </w:divsChild>
                 </w:div>
               </w:divsChild>
             </w:div>
           </w:divsChild>
         </w:div>
       </w:divsChild>
     </w:div>
   </w:divs>
   <w:optimizeForBrowser/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://eur-lex.europa.eu/legal-content/HU/AUTO/?uri=celex:32021R0821" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="5B9BD5"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="ED7D31"/>
       </a:accent2>
       <a:accent3>
@@ -2540,70 +3696,96 @@
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
 <b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APASixthEditionOfficeOnline.xsl" StyleName="APA" Version="6"/>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{4A7B3516-D1E1-4486-801F-C1B9FA1BD1BE}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
   <Pages>1</Pages>
-  <Words>386</Words>
-  <Characters>2671</Characters>
+  <Words>654</Words>
+  <Characters>3729</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>22</Lines>
-  <Paragraphs>6</Paragraphs>
+  <Lines>31</Lines>
+  <Paragraphs>8</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Title</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company>UPS</Company>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>3051</CharactersWithSpaces>
+  <CharactersWithSpaces>4375</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:subject/>
   <dc:creator>Kantor Janos (MHR9HZC)</dc:creator>
   <cp:keywords/>
   <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>
+
+<file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
+<Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="MSIP_Label_becd8ab5-5795-469a-8c51-9f21ba29bce6_Enabled">
+    <vt:lpwstr>true</vt:lpwstr>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="3" name="MSIP_Label_becd8ab5-5795-469a-8c51-9f21ba29bce6_SetDate">
+    <vt:lpwstr>2025-03-11T15:47:44Z</vt:lpwstr>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="4" name="MSIP_Label_becd8ab5-5795-469a-8c51-9f21ba29bce6_Method">
+    <vt:lpwstr>Standard</vt:lpwstr>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="5" name="MSIP_Label_becd8ab5-5795-469a-8c51-9f21ba29bce6_Name">
+    <vt:lpwstr>GENERAL</vt:lpwstr>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="6" name="MSIP_Label_becd8ab5-5795-469a-8c51-9f21ba29bce6_SiteId">
+    <vt:lpwstr>e7520e4d-d5a0-488d-9e9f-949faae7dce8</vt:lpwstr>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="7" name="MSIP_Label_becd8ab5-5795-469a-8c51-9f21ba29bce6_ActionId">
+    <vt:lpwstr>b69b8d59-976f-45db-829e-2f2e640cca59</vt:lpwstr>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="8" name="MSIP_Label_becd8ab5-5795-469a-8c51-9f21ba29bce6_ContentBits">
+    <vt:lpwstr>0</vt:lpwstr>
+  </property>
+</Properties>
+</file>